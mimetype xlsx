--- v0 (2025-10-16)
+++ v1 (2026-03-17)
@@ -51,499 +51,499 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONV</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVITE ENCONTRO OPORTUNIDADE DE NEGÓCIOS</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVITE AUDIÊNCIA PÚBLICA</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.jpeg</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONVITE PALESTRA ATEDIMENTO AO CLIENTE.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Luiz Antonio Gadini</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA Nº. 001 AO PROJETO DE LEI DO LEGISLATIVO MUNICIPAL Nº.  004, DE 19 DE JULHO DE 2016 QUE FIXA O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE RONDA ALTA - RS PARA A LEGISLATURA DE 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Vitor Roque Cavazini</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº. 002 AO PROJETO DE LEI DO LEGISLATIVO MUNICIPAL Nº. 004, DE 19 DE JULHO DE 2016 QUE &amp;#8216;FIXA O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE RONDA ALTA - RS PARA A LEGISLATURA DE 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8217;.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>Julgamento</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/</t>
   </si>
   <si>
     <t>JULGAMENTO CONTAS DE GOVERNO ANO DE 2012 PROCESSO Nº 004939-0200/12-06</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DO GABINETE 027/2016</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL E SUPLEMENTAR E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE 02 (DOIS) MÉDICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONCESSÃO DE DIREITO REAL DE USO DE TERRENO, LOTE 04, DA QUADRA 01, DO LOTEAMENTO DENOMINADO DISTRITO INDUSTRIAL JOSÉ NOVELLO, NOS TERMOS DO QUE DISPÕE O ART. 6° DA LEI MUNICIPAL N° 1.670/13&amp;#8221;.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE SERVIÇO VOLUNTÁRIO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DEMAIS ÓRGÃOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 1º, 14 E 17 DA LEI MUNICIPAL Nº 1.828/2015.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 14 DA LEI MUNICIPAL Nº 1.161/2001, QUE INSTITUI REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE  O SISTEMA  ÚNICO  DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE RONDA ALTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXILIO FINANCEIRO SOB A FORMA DE SUBVENÇÃO À RÁDIO COMUNITÁRIA NAVEGANTES DE RONDA ALTA  E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA NO PPA, LDO,  ABRE CRÉDITO ESPECIAL E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PROGRAMAS NO PPA, NA LDO, ABRE CRÉDITOS ESPECIAIS E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CRÉDITOS ESPECIAIS E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIA PERÍMETRO URBANO LOCALIZADO NO BAIRRO IPIRANGA MUNICÍPIO DE RONDA ALTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULA O PROCESSO ADMINISTRATIVO NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL E APONTA RECURSO NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS INCISOS III E IV, DO ART. 14, DA LEI MUNICIPAL Nº 1.161/2001, QUE INSTITUIU O REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIA PERÍMETRO URBANO DO MUNICÍPIO DE RONDA ALTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA PERÍMETRO URBANO EM ÁREA RURAL LOCALIZADA NA COLÔNIA DONA CLARA, LUGAR DENOMINADO PASSO DA ENTRADA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ORESTES LAVARDA, NO BAIRRO IPIRANGA.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A IMPLEMENTAR EM FAVOR DOS PROFESSORES MUNICIPAIS, O RECONHECIMENTO E PAGAMENTO DO ADICIONAL DO TERÇO DE FÉRIAS SOBRE 15 DIAS, IMPAGOS, EM DESACORDO COM O DISPOSTO NO ART. 20, DA LEI M. 1.213.2002 C/C ART. 88, DA LEI M. 575/92. </t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DE RECURSOS DERIVADOS DA ALIENAÇÃO DE BENS E DIREITOS QUE INTEGRAM O PATRIMÔNIO DO MUNICÍPIO, ABRE CRÉDITO ESPECIAL E APONTA RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE RONDA ALTA - RS PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO A BRIGADA MILITAR, ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 22, E ALTERA ANEXO I, DA LEI MUNICIPAL Nº. 1.719 DE 30 DE DEZEMBRO DE 2013 &amp;#8211; CÓDIGO TRIBUTÁRIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS EM VIAS PÚBLICAS DO MUNICÍPIO DE RONDA ALTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Controle Externo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPOSIÇÃO SALARIAL AO SERVIDOR PÚBLICO DO PODER LEGISLATIVO E AO SUBSÍDIO DOS VEREADORES.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO SUBSÍDIO DO PREFEITO E DO VICE-PREFEITO DE RONDA ALTA - RS PARA A LEGISLATURA DE 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DE RONDA ALTA - RS PARA A LEGISLATURA DE 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE RONDA ALTA - RS PARA A LEGISLATURA DE 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -850,68 +850,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>