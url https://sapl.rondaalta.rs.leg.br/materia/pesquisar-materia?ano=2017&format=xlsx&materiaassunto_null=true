--- v0 (2025-10-20)
+++ v1 (2026-03-15)
@@ -51,789 +51,789 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELEI</t>
   </si>
   <si>
     <t>Eleição</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/</t>
   </si>
   <si>
     <t>ELEIÇÃO MESA DIRETORA PARA O ANO DE 2018</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ELEIÇÃO DA COMISSÃO REPRESENTATIVA PARA O PERÍODO DE RECESSO.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI DE N.º 007, DE 10 DE FEVEREIRO DE 2017, QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO, SOB A FORMA DE SUBVENÇÃO, À RÁDIO COMUNITÁRIA NAVEGANTES DE RONDA ALTA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL COM A GARANTIA DA UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Bancada Oposição</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÕES  NÚMEROS   001 E 002/2017._x000D_
 PROPONENTES: VEREADORES DA BANCADA DE OPOSIÇÃO_x000D_
 </t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>Julgamento</t>
   </si>
   <si>
     <t>CONTAS DE GOVERNO DO MUNICIPIO DE RONDA ALTA REFERENTE AO ANO DE 2015. PROCESSO Nº 002744-0200/15-8</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem Retificativa</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>MENSAGEM RETIFICATIVA AO PROJETO DE LEI Nº. 030/2017</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO À PROPOSTA DE REFORMA DA PREVIDÊNCIA - PEC Nº. 287 DE 2016.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>PED.</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO INFORMAÇÃO.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PROV</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">001/2017 - SOLICITA-SE PROVIDÊNCIAS NO SENTIDO DE INSTALAR PLACAS DE SINALIZAÇÃO DE VIA PREFERENCIAL NA ESQUINA FORMADA PELAS RUAS 15 DE NOVEMBRO E TIRADENTES._x000D_
 ____________________________________________________________________________________x000D_
 _x000D_
 002/2017 - PEDE-SE PROVIDÊNCIAS NO SENTIDO DE AMPLIAR VASÃO DO BUEIRO QUE DÁ ACESSO À SEDE DA AGROINDÚSTRIA DE IVANIL TAPARELLO LOCALIZADA À MARGEM DA RS 324.  </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE INCENTIVO AO DESENVOLVIMENTO INDUSTRIAL, ECONÔMICO E SOCIAL DO MUNICÍPIO DE RONDA ALTA, CRIA O PROGRAMA DE DESENVOLVIMENTO INDUSTRIAL, ECONÔMICO E SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A OUTORGAR CONCESSÃO DE USO DE BEM IMÓVEL DO DOMÍNIO MUNICIPAL.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO DE IMPLANTAÇÃO E MANUTENÇÃO DO ESOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO EMERGENCIAL PARA ATUAR NA SECRETARIA DE ASSISTÊNCIA E INTEGRAÇÃO SOCIAL</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE 02 (DOIS) MÉDICOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO EMERGENCIAL DE AGENTES DE ENDEMIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO SOB A FORMA DE SUBVENÇÃO À RÁDIO COMUNITÁRIA NAVEGANTES DE RONDA ALTA  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO SOB A FORMA DE SUBVENÇÃO A ACIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE RONDA ALTA FIRMAR CONVÊNIO COM O HOSPITAL COMUNITÁRIO SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO LOTEAMENTO CARLOT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA  DISPOSITIVOS A LEI MUNICIPAL Nº 1.368/06 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE 01 (UM) PROFESSOR DE LIBRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº. 360/1983 ACRESCENTANDO FERIADO MUNICIPAL.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA NÍVEL DE VENCIMENTO, DESCRIÇÃO SINTÉTICA E ATRIBUIÇÕES DO CARGO DE PROVIMENTO EFETIVO DE TÉCNICO EM INFORMÁTICA, CONSTANTE NA LEI MUNICIPAL Nº 579 DE 28/02/1992, E LEI MUNICIPAL Nº. 1.535 DE 12/05/2010, E, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA ANEXO I DA LEI MUNICIPAL Nº 579 DE 28 DE FEVEREIRO DE 1992, QUE TRATA DA &amp;#8220;CLASSIFICAÇÃO DE CARGOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, ESTABELECE NORMAS  DE ENQUADRAMENTO, INSTITUI TABELA DE VENCIMENTOS; CRIA GRATIFICAÇÃO ESPECIAL E FUNÇÃO GRATIFICADA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ART. 1º DA LEI MUNICIPAL Nº 1.729/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 14 DA LEI MUNICIPAL Nº 1.161/2001, QUE INSTITUI REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE RONDA ALTA.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS   MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL  PARA  O QUADRIÊNIO  2018-2021  E  DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONOMICA FEDERAL, COM A GARANTIA DA UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE PRAÇAS, PARQUES E ÁREAS VERDES NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE RONDA ALTA A RECEBER IMÓVEL EM DOAÇÃO</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADESÃO DO MUNICÍPIO DE RONDA ALTA, AO PROGRAMA NACIONAL DE MELHORIA DE ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA - PMAQ CRIA NÚCLEO DE APOIO A ATENÇÃO BÁSICA (NAAB), AUTORIZA A CONTRATAÇÃO EMERGENCIAL DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER NECESSIDADE DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA NO PPA, NA LDO, ABRE CRÉDITO ESPECIAL E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE 01 (UM) PISCÓLOGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO LOTEAMENTO DECEZARO</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA NO PPA, NA LDO, ABRE CRÉDITO ESPECIAL E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA DATA BASE PARA ATUALIZAÇÃO SALARIAL DO FUNCIONALISMO PÚBLICO MUNICIPAL  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TURMA VOLANTE MUNICIPAL (TVM), E ESTABELECE GRATIFICAÇÃO POR EXERCÍCIO DE FUNÇÃO AOS AGENTES MUNICIPAIS QUE ATUAM DIRETAMENTE NAS ATIVIDADES DE COMBATE À SONEGAÇÃO DO PROGRAMA DE INTEGRAÇÃO TRIBUTÁRIA DO ESTADO (PIT),FISCALIZANDO MERCADORIAS EM TRÂNSITO NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA ANEXO I DA LEI MUNICIPAL Nº 579 DE 28 DE FEVEREIRO DE 1992, QUE TRATA DA CLASSIFICAÇÃO DE CARGOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, ESTABELECE NORMAS  DE ENQUADRAMENTO, ATUALIZA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE RONDA ALTA, A ADERIR AO PROGRAMA CRIANÇA FELIZ, CRIAR CARGO  TEMPORÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O CÓDIGO TRIBUTÁRIO MUNICIPAL &amp;#8211; CTM, LEI 1.719/2013, PARA FINS DE ACRESCENTAR AS ALTERAÇÕES DISPOSTAS PELA LC 157/2016, QUE ALTEROU A LEI COMPLEMENTAR 116/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA ANEXO I DA LEI MUNICIPAL Nº 579 DE 28 DE FEVEREIRO DE 1992, QUE TRATA DA CLASSIFICAÇÃO DE CARGOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, ESTABELECE NORMAS  DE ENQUADRAMENTO, INSTITUI TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE RONDA ALTA, INDENIZAR VERBAS REFERENTES  AOS JUROS DE CONSIGNAÇÃO BANCÁRIA DO PAGAMENTO DA GRATIFICAÇÃO NATALINA DOS SERVIDORES ATIVOS E EMPREGADOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AMPLIA  PERÍMETRO URBANO LOCALIZADO NO PASSO DA ENTRADA, DENOMINADO VARGAS E CAUS, NO  MUNICÍPIO DE RONDA ALTA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA PERÍMETRO URBANO EM ÁREA RURAL DENOMINADO CABANA DA ENSEADA  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA RUA NO PERÍMETRO URBANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA  LEI MUNICIPAL Nº 1.750/14 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE RONDA ALTA - RS PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS MEDIDAS DE COBRANÇA ADMINISTRATIVA E JUDICIAL DE CRÉDITOS INSCRITOS OU NÃO EM DÍVIDA ATIVA DA FAZENDA PÚBLICA MUNICIPAL, CRIA O SETOR DE COBRANÇAS ADMINISTRATIVAS &amp;#8211; SCA, FIXA O TETO DE CRÉDITO DE PEQUENO VALOR E O VALOR DA REQUISIÇÃO  DE  PEQUENO VALOR MUNICIPAL - RPVM, DE QUE TRATA OS §§ 3º E 4º  DO ART. 100 DA CF/88 E ART. 13, § 3º, II, DA LEI FEDERAL Nº 12.153/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BRDE &amp;#8211; BANCO REGIONAL  DE DESENVOLVIMENTO DO EXTREMO SUL, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE RONDA ALTA  A RECEBER EM DOAÇÃO ÁREA DE TERRA DE 5.746,07M2  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO NÚCLEO DE APOIO A SAÚDE DA FAMÍLIA &amp;#8211; NASF, BEM COMO, A CRIAÇÃO DE CARGOS, VAGAS E CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA O NASF, NOS TERMOS DO ART. 37, IX DA CONSTITUIÇÃO FEDERAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AO SERVIDOR PÚBLICO DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE LICENÇA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1140,68 +1140,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>