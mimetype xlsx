--- v0 (2025-10-17)
+++ v1 (2026-03-15)
@@ -54,617 +54,617 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONV</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÕES  NÚMEROS   001, 002 E 003/2018._x000D_
 PROPONENTES: VEREADORES DA BANCADA DE OPOSIÇÃO SIGNATÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Controle Externo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/162/162_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÕES NÚMEROS 004 E 005/2018.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE UMA LOMBADA NA RUA MIGUEL BEUX, NAS IMEDIAÇÕES DAS PROPRIEDADES DOS SENHORES SCARIOT E DURANTI. </t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antão Lindomar Pavoski</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/195/indicacao_007-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/195/indicacao_007-2018.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de tubos na Rua Paulo Sobrinho Celso, no Bairro Ipiranga, em frente  ao terreno de Manoel R. Cantoni.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem Retificativa</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>MENSAGEM RETIFICATIVA AO PROJETO DE LEI DO EXECUTIVO MUNICIPAL Nº 005, DE 12 DE ABRIL DE 2018.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>TCE-RS</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/191/oficio_tce-rs_9238-2018-contas_de_governo_ano_2016.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/191/oficio_tce-rs_9238-2018-contas_de_governo_ano_2016.pdf</t>
   </si>
   <si>
     <t>Ofício TCE-RS nº. 9238/2018, datado de 13 de setembro de 2018,  encaminhamento das Contas de Governo do município, exercício de 2016, para julgamento nos termos do  § 2º do artigo 31 da Constituição Federal.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>PED.</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Bancada Oposição</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/194/pedido_de_informacao_001-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/194/pedido_de_informacao_001-2018.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação nº. 001/2018.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/154/154_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA NO PPA, NA LDO, ABRE CRÉDITO ESPECIAL E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/155/155_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE OS MUNICÍPIOS DO RIO GRANDE DO SUL, COM A FINALIDADE DE CONSTITUIR CONSÓRCIO PÚBLICO, DENOMINADO CONSÓRCIO FAMURS. </t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/156/156_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE PROVIMENTO EFETIVO DE PSICÓLOGO, ALTERA O ANEXO I DA LEI 579/92, SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE PATROCÍNIO, SOB A FORMA DE APOIO CULTURAL, À RÁDIO COMUNITÁRIA &amp;#8220;ASSOCIAÇÃO COMUNITÁRIA NAVEGANTES&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO DE AUXILIAR ADMINISTRATIVO, TÉCNICO EM MANUTENÇÃO DE MÁQUINAS II, TÉCNICO EM INFORMÁTICA, ASSISTENTE SOCIAL, ALTERA O ANEXO I DA LEI 579/92, SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE 03 (TRÊS) VISITADORES (AS) DO PIM &amp;#8211; PROGRAMA PRIMEIRA INFÂNCIA MELHOR.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/163/163_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES PÚBLICOS MUNICIPAIS REPOSIÇÃO SALARIAL, REAJUSTE DO VALE REFEIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/171/171_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.161/2001, QUE INSTITUIU O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE RONDA ALTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA NO PPA, NA LDO, ABRE CRÉDITOS ESPECIAIS E APONTA RECURSOS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO II E REVOGA O INCISO V DO ARTIGO 3º, ALTERA O ARTIGO 6º DA LEI MUNICIPAL Nº 1.768/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO DE AUXILIAR ADMINISTRATIVO E EXTINGUE CARGOS DE TÉCNICO AGRÍCOLA E ARTÍFICE II, DO QUADRO DE SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/178/projeto_de_lei_017_2018_abre_credito_especial_-__8CbfvVY.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/178/projeto_de_lei_017_2018_abre_credito_especial_-__8CbfvVY.pdf</t>
   </si>
   <si>
     <t>Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/179/projeto_de_lei__no_018-18_cria_cargo_de_provimen_Ovs7q51.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/179/projeto_de_lei__no_018-18_cria_cargo_de_provimen_Ovs7q51.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de provimento efetivo de Assistente Social, altera o Anexo I da Lei 579/92, suas alterações e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei_019_2018_abre_credito_especial_-__Y3Uu5sP.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei_019_2018_abre_credito_especial_-__Y3Uu5sP.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 019, de 23 de julho de 2018, que "Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal".</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_de_lei_020-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_de_lei_020-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 020, de 01 de agosto de 2018, que Cria cargo temporário e autoriza contratação emergencial para atendimento ao Programa ACESSUAS e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei__no._021-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei__no._021-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 021, de 06 de agosto de 2018, que Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal .</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 022, de 15 de agosto de 2018, Autoriza a realização de despesas para recuperação de viatura da Brigada Militar e dá outras providências.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/184/projeto_de_lei__023-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/184/projeto_de_lei__023-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 023, de 16 de agosto de 2018, que Dispõe sobre a Concessão de Direito Real de Uso de  Terrenos, lotes 05, 07 e 08, da Quadra 01, do loteamento denominado Distrito Industrial José Novello, nos termos do que dispõe  o art. 6º da Lei Municipal nº. 1.670/2013.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 024, de 24 de agosto de 2018, que Inclui programa no PPA, na LDO,  abre crédito especial e aponta recurso no  orçamento municipal.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/186/projeto_de_lei_025-2018_-_ldo_e_anexo_2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/186/projeto_de_lei_025-2018_-_ldo_e_anexo_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 025, de 31 de agosto de 2018, que Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/188/projeto_de_lei_026_de_06-09-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/188/projeto_de_lei_026_de_06-09-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 026/2018, de 06 de Setembro de 2018 que inclui programas no PPA, na LDO, abre créditos especiais e aponta recursos no Orçamento Municipal.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/190/projeto_de_lei_027-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/190/projeto_de_lei_027-2018.pdf</t>
   </si>
   <si>
     <t>Abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 028, de 03 de outubro de 2018, que  Abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/196/projeto_de_lei_029-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/196/projeto_de_lei_029-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 029, de 19 de outubro de 2018, que Dispõe sobre a criação do cargo de provimento efetivo de Psicopedagogo(a) Clínico e Institucional e dá outras providências.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/197/projeto_de_lei_030-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/197/projeto_de_lei_030-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 030, de 26 de outubro de 2018, que Altera a redação dos artigos 1º, 2º, 3º e revoga o artigo 5º da Lei Municipal nº. 1.526/2010, que Cria cargo de Psicopedagogo (a) Clínico e Institucional e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/198/projeto_de_lei_031-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/198/projeto_de_lei_031-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 031, de 30 de outubro de 2018, que Estima a receita e fixa a despesa do município de Ronda Alta para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/199/projeto_de_lei_no_032-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/199/projeto_de_lei_no_032-2018.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento Itália</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/200/projeto_de_lei__no_033-2018_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/200/projeto_de_lei__no_033-2018_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 033, de 09 de novembro de 2018, que Autoriza a contratação emergencial e temporária de 01 (um) Assistente Social e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/201/projeto_de_lei__no._034-2018_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/201/projeto_de_lei__no._034-2018_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 034, de 12 de novembro de 2018, que Concede reposição salarial aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/203/projeto_de_lei_035-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/203/projeto_de_lei_035-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 035, de 19 de novembro de 2018, que Autoriza a contratação emergencial e temporária de 01 (um) médico e dá outras providências</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/204/projeto_de_lei_036.2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/204/projeto_de_lei_036.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 036, de 23 de novembro de 2018, que Autoriza o Poder Executivo a firmar convênio de Concessão de Uso de bem particular com a Mitra Diocesana de Passo Fundo - Salão Comunitário da Linha Seca, para uso em atividades de interesse público.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/205/projeto_de_lei_no_037-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/205/projeto_de_lei_no_037-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 037, de 05 de dezembro de 2018, que Altera o artigo 1º da Lei Municipal nº. 1.579/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/206/projeto_de_lei_038-2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/206/projeto_de_lei_038-2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 038, de 06 de dezembro de 2018, Cria perímetro urbano em área rural denominada Valdomiro Haack e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Controle Externo, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/170/170_texto_integral.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPOSIÇÃO SALARIAL AO SERVIDOR PÚBLICO DO PODER LEGISLATIVO E AO SUBSÍDIO DOS VEREADORES.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/202/projeto_de_lei_do_legislativo_002-2018__61FVw38.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/202/projeto_de_lei_do_legislativo_002-2018__61FVw38.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 002, de 12 de novembro de 2018, Autoriza reposição salarial ao servidor público do Poder Legislativo e ao subsídio dos vereadores.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Juraci Lourdes Machado da Silva</t>
   </si>
   <si>
     <t>Requerimento de licença  do cargo eletivo da  vereadora Juraci Lourdes Machado da Silva, por razões de ordem particular, a  partir do dia 12 de setembro próximo e por tempo indeterminado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -986,68 +986,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/195/indicacao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/191/oficio_tce-rs_9238-2018-contas_de_governo_ano_2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/194/pedido_de_informacao_001-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/178/projeto_de_lei_017_2018_abre_credito_especial_-__8CbfvVY.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/179/projeto_de_lei__no_018-18_cria_cargo_de_provimen_Ovs7q51.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei_019_2018_abre_credito_especial_-__Y3Uu5sP.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_de_lei_020-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei__no._021-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/184/projeto_de_lei__023-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/186/projeto_de_lei_025-2018_-_ldo_e_anexo_2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/188/projeto_de_lei_026_de_06-09-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/190/projeto_de_lei_027-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/196/projeto_de_lei_029-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/197/projeto_de_lei_030-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/198/projeto_de_lei_031-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/199/projeto_de_lei_no_032-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/200/projeto_de_lei__no_033-2018_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/201/projeto_de_lei__no._034-2018_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/203/projeto_de_lei_035-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/204/projeto_de_lei_036.2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/205/projeto_de_lei_no_037-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/206/projeto_de_lei_038-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/202/projeto_de_lei_do_legislativo_002-2018__61FVw38.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/195/indicacao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/191/oficio_tce-rs_9238-2018-contas_de_governo_ano_2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/194/pedido_de_informacao_001-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/178/projeto_de_lei_017_2018_abre_credito_especial_-__8CbfvVY.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/179/projeto_de_lei__no_018-18_cria_cargo_de_provimen_Ovs7q51.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei_019_2018_abre_credito_especial_-__Y3Uu5sP.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_de_lei_020-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei__no._021-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/184/projeto_de_lei__023-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/186/projeto_de_lei_025-2018_-_ldo_e_anexo_2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/188/projeto_de_lei_026_de_06-09-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/190/projeto_de_lei_027-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/196/projeto_de_lei_029-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/197/projeto_de_lei_030-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/198/projeto_de_lei_031-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/199/projeto_de_lei_no_032-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/200/projeto_de_lei__no_033-2018_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/201/projeto_de_lei__no._034-2018_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/203/projeto_de_lei_035-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/204/projeto_de_lei_036.2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/205/projeto_de_lei_no_037-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/206/projeto_de_lei_038-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/./sapl/public/materialegislativa/2018/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2018/202/projeto_de_lei_do_legislativo_002-2018__61FVw38.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>