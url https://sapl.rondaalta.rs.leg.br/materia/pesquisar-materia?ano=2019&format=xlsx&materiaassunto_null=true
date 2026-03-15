--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -54,771 +54,771 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Bancada Oposição</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_001-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_001-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº 001, de 11 de fevereiro de 2019, de autoria do  Vereador Antão Lindomar Pavoski, que Indica a repintura da faixa de pedestre na Rua Juvêncio Rodrigues da Silva, nas imediações da Comercial Facchi.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Roque Arlene de Couto</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_002-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_002-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 002, de 26 de agosto de 2019, que Indica a construção de letreiro "EU AMO RONDA ALTA",  na praça Mose Míssio ou em outro local adequado.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_003-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_003-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 003, de 26 de agosto de 2019, que Indica a regularização do tráfego de veículos na rótula dos cruzamentos da Avenida Presidente Vargas com a Rua XV de Novembro.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_004-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_004-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 004, de 26 de agosto de 2019, que Indica a realização de uma Feira do Livro.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_005-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_005-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 005, de 26 de agosto de 2019, que Indica a formação de um grupo de trabalho para desenvolvimento  do setor de turismo no município.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Antão Lindomar Pavoski</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_006-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_006-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 006, de 24 de outubro de 2019, que Indica ao Poder Executivo o uso nos seus impressos do nome atribuído ao Centro Administrativo Municipal, nos termos da Lei Municipal nº. 1.241, de 30 de outubro de 2003.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_007-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_007-2019.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 007, de 24 de outubro de 2019, que Indica ao Poder Executivo a identificação do Ginásio Municipal de Esportes nos termos da Lei Municipal nº. 1.446, de 24 de junho de 2008.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem Retificativa</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/271/mensagem_retificativa.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/271/mensagem_retificativa.pdf</t>
   </si>
   <si>
     <t>Mensagem retificativa do Poder Executivo ao Projeto de Lei nº. 030/2019, datada de 06 de dezembro de 2019;</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/221/mocao_001-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/221/mocao_001-2019.pdf</t>
   </si>
   <si>
     <t>Moção nº. 001, de 15 de abril de 2019, de autoria da Bancada de Situação e Oposição, sendo de insatisfação pelos serviços de telefonia prestados pela VIVO no município de Ronda Alta - RS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/242/mocao_001.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/242/mocao_001.2019.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio as reivindicações  dos professores contratados do Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/258/oficio_352.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/258/oficio_352.pdf</t>
   </si>
   <si>
     <t>Oficio da Secretaria Municipal de Saúde Referente ao Monitoramento de Gestão em Saúde - MGS ao segundo quadrimestre de 2019.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>PED.</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Jose Fontana</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/218/pedido_de_informacao_001-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/218/pedido_de_informacao_001-2019.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação nº. 001-2019, de 26 de março de 2019, de autoria do vereador José Fontana - PP</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>PROV</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/230/pedido_de_providencia_001-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/230/pedido_de_providencia_001-2019.pdf</t>
   </si>
   <si>
     <t>Pedido de Providências  nº.  001, de 29 de maio de 2019, de autoria do vereador José Fontana - PP, que requer o cascalhamento do trecho da Avenida Presidente Vargas  compreendendo  entre o final do asfalto até o limite do Loteamento Carlot, na saída Norte da cidade.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_001-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_001-2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 001, de 30 de janeiro de 2019, que Autoriza a contratação temporária de professor de Libras e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_002.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_002.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 002, de 30 de janeiro de 2019, que Autoriza a contratação temporária de 01 (um) médico (a) Clínico Geral e dá outras providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/210/projeto_de_lei_003.2019_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/210/projeto_de_lei_003.2019_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 003, de 30 de janeiro de 2019, que Autoriza a contratação temporária de 01 Médico (a) Pediatra e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/212/projeto_de_lei_004.2019_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/212/projeto_de_lei_004.2019_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 004, de 12 de fevereiro de 2019, que Autoriza a contratação temporária de Agentes de Combate a Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/213/projeto_de_lei_005.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/213/projeto_de_lei_005.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 005, de 13 de fevereiro de 2019, que Disciplina a concessão do Alvará de Localização Provisório para o funcionamento e instalação de atividades econômicas e dá outras providências.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/214/projeto_de_lei_006.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/214/projeto_de_lei_006.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 006, de 13 de fevereiro de 2019, que Autoriza a realização de despesas para a aquisição e instalação de aparelhos de ar condicionado à Delegacia de Polícia Civil de Ronda Alta e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_de_lei_007.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_de_lei_007.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 007, de 15 de fevereiro de 2019, que Altera a ementa, artigo 1º e inciso I da Lei Municipal nº. 1.939/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº.  008, de 20 de março de 2019, que Autoriza a concessão de patrocínio, sob a forma de apoio cultural, à Rádio Comunitária Associação Comunitária Navegantes e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_de_lei_009.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_de_lei_009.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 009, de 21 de março de 2019, que Altera a redação do § 1º, incisos I e II do artigo 19 da Lei Municipal nº. 1.851/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_de_lei_010.2019_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_de_lei_010.2019_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 010, de 02 de abril de 2019, que Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_de_lei_011.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_de_lei_011.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 011, de 15 de abril de 2019, que Autoriza a contratação emergencial e temporária  de um (a) Professor (a) de Letras Português e Inglês e dá outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_de_lei__012.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_de_lei__012.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 012, de 29 de abril de 2019, que Altera a redação do artigo 1º da Lei Municipal nº. 1.956, de 21 de fevereiro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_de_lei_013.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_de_lei_013.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 013, de 02 de maio 2019, que Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_de_lei_014.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_de_lei_014.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 014, de 13 de maio de 2019, que Concede reposição salarial e aumento no vale refeição aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_de_lei_015.2019__.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_de_lei_015.2019__.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 015, de 16 de maio de 2019, que Altera a redação do art. 197, da Lei Municipal nº. 575, de 06/01/1992, Regime Jurídico Único dos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/227/projeto_de_lei_016.2019_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/227/projeto_de_lei_016.2019_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 016, de 20 de maio de 2019, que Altera a redação do artigo 3º da Lei Municipal nº. 1.142/2001 e dá outras providências.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_de_lei_017.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_de_lei_017.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 017, de 21 de maio de 2019, que Autoriza o Poder Executivo a contratar operação de crédito com o BRDE - Banco Regional de Desenvolvimento do Extremo Sul e dá outras providências.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_de_lei_018.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_de_lei_018.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 018, de 31 de maio de 2019, que Autoriza a contratação emergencial e temporária de um (a) Professor (a) de Pedagogia Licenciatura Plena para Educação Infantil e um (a) Professor de Pedagogia Licenciatura Plena com formação em Educação Especial e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_de_lei_019.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_de_lei_019.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 019, de 04 de junho de 2019, que Altera redação do Título III, arts. 56 e 57 e Anexo II, do Código Tributário Municipal, Lei 1.719, de 30/12/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/235/projeto_de_lei_020.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/235/projeto_de_lei_020.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 020, de 05 de junho de 2019, que Disciplina a Gestão Democrática nas Escolas Públicas Municipais de Ronda Alta - RS.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/233/projeto_de_lei_021.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/233/projeto_de_lei_021.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 021, de 05 de junho de 2019, que Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_de_lei__022.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_de_lei__022.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 022, de 16 de julho de 2019, que Altera redação do art. 55, da Lei Municipal nº. 1.161, de 22/11/2001, que Instituiu o Regime Próprio de Previdência Social do Município de Ronda Alta e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_de_lei__023.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_de_lei__023.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 023, de 18 de julho de 2019, que Autoriza o Poder Executivo a contratar operação de crédito com o BRDE - Banco Regional de Desenvolvimento do Extremo Sul, inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_de_lei_024.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_de_lei_024.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 024, de 26 de agosto de 2019, que Autoriza o município de Ronda Alta a firmar convênio com o município de Liberato Salzano - RS, para repasse de recursos financeiros visando a cooperação conjunta entre os municípios para a conclusão da ponte sobre o Rio da Várzea divisa deste município com Rodeio Bonito, abre crédito especial, aponta recursos e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/250/projeto_de_lei_025.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/250/projeto_de_lei_025.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 025, de 27 de agosto de 2019, que Dispõe sobre a cobrança de Contribuição de Melhoria na execução de obras públicas  que enumera.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_026.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_026.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 026, de 27 de agosto de 2019, que Dispõe sobre a cobrança de Contribuição de Melhoria na execução de obras públicas que enumera.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_de_lei_027.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_de_lei_027.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 027, de 28 de agosto de 2019, que Retifica Anexos da Lei nº. 579/1992, alterados pela Lei 1.593/2011, para adequar o número correto de cargos de Psicólogo, em decorrência de equívoco criado pelas edições das Leis 1.535/2010, 1.592/2011 e 1.922/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei__028.2019_-_ldo__ano_2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei__028.2019_-_ldo__ano_2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 028, de 30 de agosto de 2019, que Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_029.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_029.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 029, de 06 de setembro de 2019, que Autoriza a contratação emergencial e temporária de 01 (um) Enfermeiro (a) PSF e dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_030.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_030.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 030, de 08 de outubro de 2019, que "Altera Lei Municipal nº 1.161/2001, Regime Próprio de Previdência Social do Município de Ronda Alta e dá outras providências".</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/256/proejto_de_lei_031.2019_.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/256/proejto_de_lei_031.2019_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 031, de 10 de outubro de 2019, que Retifica Anexo da Lei nº. 579/1992, alterados pela Lei 1.592/2011, para adequar o número correto de cargos de Psicólogo em decorrência de equívoco criado pelas edições das Leis 1.535/2010, 1.592/2011 e 1.922/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/259/projeto_de_lei_032.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/259/projeto_de_lei_032.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 032, de 16 de outubro de 2019, que Altera redação do art. 4º da Lei Municipal nº. 1.901, de 04/09/2017 - Institui a Turma Volante Municipal - TVM e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_033.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_033.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 033, de 16 de outubro de 2019, que Autoriza a realização de despesas para conserto de viatura da Brigada Militar de Ronda Alta e  dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/262/1_projeto_de_lei_034.2019_loa_para_2020_completo.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/262/1_projeto_de_lei_034.2019_loa_para_2020_completo.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de ronda alta para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/263/projeto_de_lei_035.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/263/projeto_de_lei_035.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 035, de 31 de outubro de 2019, que "Dispõe sobre a criação do Cargo de Médico (a) Clínico Geral - 40 horas, altera o Anexo I da lei Municipal 579/1992, suas alterações e dá outras providências".</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/264/projeto_de_lei_036.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/264/projeto_de_lei_036.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 036, de 05 de novembro de 2019, que Inclui Programa no PPA, na LDO, abre créditos especiais e ponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/265/projeto_de_lei_037.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/265/projeto_de_lei_037.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 037, de 08 de novembro de 2019, que Dispõe sobre a criação do cargo de Psicólogo (a) - 40 horas, altera o Anexo I da Lei Municipal 579/1992, suas alterações e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/266/projeto_de_lei_038.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/266/projeto_de_lei_038.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 038, de 18 de novembro de 2019,  que  Dispõe sobre a criação de cargos de Médico (a) Clínico Geral - 40 horas, altera Anexo I da Lei Municipal nº. 579/1992, suas alterações e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/267/projeto_de_lei_039.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/267/projeto_de_lei_039.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 039, de 18 de novembro de 2019, que Autoriza o Poder Executivo a firmar parceria e repassar recursos a Associação Comercial e Industrial de Ronda Alta - ACIRA e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/268/projeto_de_lei_040.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/268/projeto_de_lei_040.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 040, de 20 de novembro de 2019, que Concede reposição salarial aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/272/projeto_de_lei__041.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/272/projeto_de_lei__041.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 041, de 09 de dezembro de 2019, que Autoriza o município a conceder isenções  tributárias em casos excepcionais e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_042.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_042.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 042, de 12 de dezembro 2019, que “Altera a Lei Municipal nº. 1.161/2001, que dispõe sobre o Regime Próprio de Previdência Social do município de Ronda Alta e dá outras providências.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_043.2019_db9witW.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_043.2019_db9witW.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 043, de 16 de dezembro de 2019, que “Abre créditos suplementares e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_de_lei_do_legislativo_001.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_de_lei_do_legislativo_001.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo Municipal nº. 001, de 13 de maio de 2019, de autoria da Mesa Diretora, que Autoriza reposição salarial ao servidor público do Poder Legislativo.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_de_lei_do_legislativo_no._002.2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_de_lei_do_legislativo_no._002.2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 002, de 01 de agosto de 2019, que Instituem, no Município de Ronda Alta - RS, o Dia Municipal da Fibromialgia, filas preferenciais e vagas de estacionamento preferencial.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/269/projeto_de_lei_do_legislativo_003.2019_ErvYNo1.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/269/projeto_de_lei_do_legislativo_003.2019_ErvYNo1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 003, de 20 de novembro de 2019, que Autoriza reposição salarial ao servidor público do Poder Legislativo.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/270/projeto_de_lei_do_legislativo_004-2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/270/projeto_de_lei_do_legislativo_004-2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 004, de 20 de novembro de 2019, que Autoriza reposição inflacionária aos subsídios dos agentes políticos do município de Ronda Alta - RS e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1125,68 +1125,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/271/mensagem_retificativa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/221/mocao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/242/mocao_001.2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/258/oficio_352.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/218/pedido_de_informacao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/230/pedido_de_providencia_001-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_001-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_002.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/210/projeto_de_lei_003.2019_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/212/projeto_de_lei_004.2019_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/213/projeto_de_lei_005.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/214/projeto_de_lei_006.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_de_lei_007.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_de_lei_009.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_de_lei_010.2019_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_de_lei_011.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_de_lei__012.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_de_lei_013.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_de_lei_014.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_de_lei_015.2019__.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/227/projeto_de_lei_016.2019_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_de_lei_017.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_de_lei_018.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_de_lei_019.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/235/projeto_de_lei_020.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/233/projeto_de_lei_021.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_de_lei__022.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_de_lei__023.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_de_lei_024.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/250/projeto_de_lei_025.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_026.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_de_lei_027.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei__028.2019_-_ldo__ano_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_029.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_030.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/256/proejto_de_lei_031.2019_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/259/projeto_de_lei_032.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_033.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/262/1_projeto_de_lei_034.2019_loa_para_2020_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/263/projeto_de_lei_035.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/264/projeto_de_lei_036.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/265/projeto_de_lei_037.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/266/projeto_de_lei_038.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/267/projeto_de_lei_039.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/268/projeto_de_lei_040.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/272/projeto_de_lei__041.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_042.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_043.2019_db9witW.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_de_lei_do_legislativo_001.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_de_lei_do_legislativo_no._002.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/269/projeto_de_lei_do_legislativo_003.2019_ErvYNo1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/270/projeto_de_lei_do_legislativo_004-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/271/mensagem_retificativa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/221/mocao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/242/mocao_001.2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/258/oficio_352.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/218/pedido_de_informacao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/230/pedido_de_providencia_001-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_001-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_002.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/210/projeto_de_lei_003.2019_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/212/projeto_de_lei_004.2019_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/213/projeto_de_lei_005.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/214/projeto_de_lei_006.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_de_lei_007.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_de_lei_009.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_de_lei_010.2019_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_de_lei_011.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_de_lei__012.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_de_lei_013.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_de_lei_014.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_de_lei_015.2019__.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/227/projeto_de_lei_016.2019_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_de_lei_017.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_de_lei_018.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_de_lei_019.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/235/projeto_de_lei_020.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/233/projeto_de_lei_021.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_de_lei__022.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_de_lei__023.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_de_lei_024.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/250/projeto_de_lei_025.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_026.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_de_lei_027.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei__028.2019_-_ldo__ano_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_029.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_030.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/256/proejto_de_lei_031.2019_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/259/projeto_de_lei_032.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_033.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/262/1_projeto_de_lei_034.2019_loa_para_2020_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/263/projeto_de_lei_035.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/264/projeto_de_lei_036.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/265/projeto_de_lei_037.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/266/projeto_de_lei_038.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/267/projeto_de_lei_039.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/268/projeto_de_lei_040.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/272/projeto_de_lei__041.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_042.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_043.2019_db9witW.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_de_lei_do_legislativo_001.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_de_lei_do_legislativo_no._002.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/269/projeto_de_lei_do_legislativo_003.2019_ErvYNo1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2019/270/projeto_de_lei_do_legislativo_004-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>