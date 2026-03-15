--- v0 (2025-10-17)
+++ v1 (2026-03-15)
@@ -54,696 +54,696 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Maria Loreci Caus</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_001.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_001.2020.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 001, de 15 de maio de 2020, proposta pela vereadora Maria Loreci Caus, que “Indica ao Poder Executivo a padronização dos passeios públicos”.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Carlos Roberto Gavioli</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao__002.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao__002.2020.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 002, de 17 de julho de 2020, de autoria do vereador Carlos Roberto Gavioli - PP, que “Atribui nomes a espaços públicos”.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem Retificativa</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/296/mensagem_retificativa_ao_projeto_de_lei_compleme_t1cjTG3.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/296/mensagem_retificativa_ao_projeto_de_lei_compleme_t1cjTG3.pdf</t>
   </si>
   <si>
     <t>Mensagem retificativa 001, do Executivo, datada de 19 de junho de 2020, ao Projeto de Lei Complementar nº. 001/2020, que “Altera dispositivos da Lei Municipal nº. 1.161, de 22 de novembro de 2001, que instituiu o Regime Próprio de Previdência do município de Ronda Alta é dá outras providências”.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>PED.</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Jose Fontana</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/319/pedido_de_informacao_001-2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/319/pedido_de_informacao_001-2020.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação nº. 001, de 04 de setembro de 2020, de autoria do vereador José Fontana.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/294/projeto_de_complementar_001.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/294/projeto_de_complementar_001.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo, nº. 001, de 03 de junho de 2020, que “Altera dispositivos da Lei Municipal nº. 1.161, de 22 de novembro de 2001, que instituiu o Regime Próprio de Previdência do município de Ronda Alta é dá outras providências”.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/305/projeto_de_lei__complementar_002.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/305/projeto_de_lei__complementar_002.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo, nº. 002, de 17 de julho de 2020, que “Altera dispositivos da Lei Municipal nº. 1.161, de 22 de novembro de 2001, que instituiu o Regime Próprio de Previdência do município de Ronda Alta é dá outras providências”.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_001.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_001.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 001, de 03 de fevereiro de 2020, que Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_de_lei_002.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_de_lei_002.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 002, de 03 de fevereiro de 2020, que “Abre créditos especiais e aponta recursos no orçamento municipal”</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/277/projeto_de_lei_003.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/277/projeto_de_lei_003.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do  Executivo Municipal nº. 003, de 03 de fevereiro de 2020, que Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_004.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_004.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 004, de 03 de fevereiro de 2020, que Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_005.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_005.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 005, de 12 de fevereiro de 2020, que Abre crédito suplementar e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/280/projeto_de_lei_006.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/280/projeto_de_lei_006.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 006, de 06 de março de 2020, que “Autoriza o Executivo Municipal a firmar convênio com a Associação Comercial e Industrial de Ronda Alta - ACIRA, para realização da 13ª FECIATRA - Feira do Comércio, Indústria, Agropecuária e Turismo de Ronda Alta, prevê repasse para custear o evento e dá outras providências</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/281/projeto_de_lei_007.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/281/projeto_de_lei_007.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 007, de 06 de março de 2020, que Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/282/projeto_de_lei_008.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/282/projeto_de_lei_008.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 008, de 12 de março de 2020, que “Denomina ruas do Loteamento Nossa Senhora do Caravaggio”.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/283/projeto_de_lei_009.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/283/projeto_de_lei_009.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 009, de 13 de março de 2020, que “Autoriza a concessão de patrocínio, sob a forma de apoio cultural, à Rádio Associação Comunitária Navegantes e dá outras providências”.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/284/projeto_de_lei_010.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/284/projeto_de_lei_010.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº. 010, de 23 março de 2020, que “Autoriza o Executivo Municipal a firmar Termo de Fomento com o Centro de Tradições Gaúchas Ronda da Saudade, prevê repasse de verbas para custear despesas com ampliação e reforma da infraestrutura existente, abre crédito adicional suplementar e aponta recursos”</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/285/projeto_de_lei_011.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/285/projeto_de_lei_011.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo número 011, de 22 de abril de 2020, que “Convalida as medidas disciplinadas nos Decretos Municipais números 1.821/2020; 1.822/2020; 1.823/2020; 1.824/2020; 1.826/2020; 1.827/2020; 1.829/2020; 1.830/2020; 1.831/2020 e 1.834/2020; dispõe sobre a contratação temporária de pessoal e dá outras providências”.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/286/projeto_de_lei_012.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/286/projeto_de_lei_012.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 012, de 22 de abril de 2020, que “Autoriza a realização de despesas para conserto de viatura da Brigada Militar de Ronda Alta e dá outras providências”.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/287/projeto_de_lei_013.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/287/projeto_de_lei_013.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº.  013, de 22 de abril de 2020, que “Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento”.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/288/projeto_de_lei__014.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/288/projeto_de_lei__014.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 014, de 24 de abril de 2020 que “Autoriza o Executivo Municipal a transferir recursos para o Sindicato dos Trabalhadores Rurais de Ronda Alta, para custear o pagamento de valores pendentes para fins de quitação de financiamento junto ao BADESUL, tomado para construção de imóvel edificado sobre terreno público através de parceria com o Sindicato dos Trabalhadores Rurais de Ronda Alta, bem assim, a incorporar o referido imóvel ao patrimônio público, inclui programa no PPA, na LDO, abre crédito especial e aponta recursos e dá  outras providências".</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/289/projeto_de_lei_015.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/289/projeto_de_lei_015.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 015, de 24 de abril de 2020, que “Inclui Programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/290/projeto_de_lei_016-2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/290/projeto_de_lei_016-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 016, de 04 de maio de 2020, que "Concede reposição salarial aos servidores públicos municipais e dá outras providências".</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/293/projeto_de_lei_017.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/293/projeto_de_lei_017.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 017, de 08 de junho de 2020, que “Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/295/projeto_de_lei_018.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/295/projeto_de_lei_018.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do   Executivo, nº. 018, de 15 de junho de 2020,  que “Autoriza o município a firmar convênio com a Associação Hospitalar Ronda Alta e Associação dos Trabalhadores de Ronda Alta - ATRA, objetivando o repasse de recursos do FNS - Fundo Nacional de Saúde, inclui programa no  PPA, na LDO, abre crédito especial e aponta recursos”.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/297/projeto_de_lei_019.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/297/projeto_de_lei_019.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 019, de 24 de junho de 2020, que “Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/298/projeto_de_lei_020.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/298/projeto_de_lei_020.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 020, de 24 de junho de 2020, que “Inclui programas no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_021.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_021.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 021, de 24 de junho de 2020, que “Inclui  programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/303/projeto_de_lei_022.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/303/projeto_de_lei_022.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 022, de 10 de julho de 2020, que “Convalida as medidas disciplinadas nos Decretos Municipais nºs. 1.836/2020; 1.838/2020; 1.840/2020; 1.846/2020; 1.847/2020; 1.854/2020, e 1.855/2020 e dá outras providências".</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_023.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_023.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 023, de 26 de junho de 2020, que “Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_024.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_024.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 024, de 06 de julho de 2020, que “Dispõe sobre a cobrança de Contribuição de Melhoria na  execução de obras públicas que enumera e dá outras providências”.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/302/projeto_de_lei_025.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/302/projeto_de_lei_025.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 025, de 06 de julho de 2020, que “Dispõe sobre a cobrança de Contribuição de Melhoria na execução de obras públicas que enumera e dá outras providências”.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/304/projeto_de_lei_026.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/304/projeto_de_lei_026.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 026, de 10 de julho de 2020, que “Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/307/projeto_de_lei_027.2020__.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/307/projeto_de_lei_027.2020__.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo,  nº. 027, de 27 de julho de 2020, que “Autoriza o Poder Executivo Municipal celebrar convênio com o município de Campinas do Sul - RS, com vistas a construção  de ponte sobre o lago da barragem da UHE Passo Fundo, inclui programa no PPA, na LDO, abre crédito especial e aponta recursos".</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_de_lei_028.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_de_lei_028.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 028, de 10 de agosto de 2020, que  “Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_029.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_029.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 029, de 10 de agosto de 2020, que "Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal".</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_030.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_030.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 030, de 10 de agosto de 2020, que "Abre crédito especial e aponta recursos no orçamento municipal".</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_031.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_031.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 031, de 10 de agosto de 2020, que Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal".</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_032.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_032.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 032, de 12 de agosto de 2020, que “Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos  no orçamento municipal”.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/317/projeto_de_lei_033.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/317/projeto_de_lei_033.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 033, de 24 de agosto de 2020, que “Altera o artigo 1º da Lei Municipal nº. 2.017, de 22 de julho de 2020, que dispõe sobre a cobrança de contribuição de melhoria na execução de obras públicas que enumera e dá outras providências”.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_034.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_034.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 034, de 27 de agosto de 2020, que “Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2021”.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_035.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_035.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 035, de 08 de setembro de 2020, que “Abre crédito especial e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_036.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_036.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 036, de 06 de outubro de 2020, que “Inclui Programas no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/322/projeto_de_lei_037.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/322/projeto_de_lei_037.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 037, de 09 de outubro de 2020, que “Dispõe sobre a cobrança da Contribuição de Melhoria na execução de obras públicas que enumera e dá outras providências”.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_038.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_038.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 038, de 21 de outubro de 2020, que “Institui a circulação de documentos eletrônicos no âmbito da administração pública municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_039.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_039.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 039, de 21 de outubro de 2020, que “Institui a nota fiscal de serviços eletrônica e estabelece outras providências”.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_040.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_040.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 040, de 09 de novembro de 2020, que “Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal”.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_041.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_041.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 041, de 19 de novembro de 2020, que “Altera a redação do § 5º do artigo 21 inserindo subitem 14.14, do inciso XXVI do artigo 27 da Lei Municipal nº. 1.719/2013, Código Tributário Municipal, revoga os incisos X, XV e XIX e insere os  §§ 4º a 11 no mesmo artigo e dá outras providências”.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de_lei_042.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de_lei_042.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº. 042, de 30 de novembro de 2020, que “Estima a receita e fixa a despesa do município de Ronda Alta para o exercício financeiro de 2021".</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/291/projeto_de_lei_do_legislativo_001.2020.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/291/projeto_de_lei_do_legislativo_001.2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 001, de 04 de maio de 2020, que "Autoriza reposição salarial ao servidor público do Poder Legislativo"</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_002.2020_subsidios_do_prefeito_de_vice-prefeito..pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_002.2020_subsidios_do_prefeito_de_vice-prefeito..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 002, de 17 de agosto de 2020, que “Fixa o subsídio do Prefeito e do Vice-Prefeito de Ronda Alta - RS para a Legislatura de 2021/2024”.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_003.2020_subsidio_secretarios..pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_003.2020_subsidio_secretarios..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 003, de 17 de agosto de 2020, que  “Fixa o subsídio dos Secretários Municipais de Ronda Alta - RS para o período de 1º de janeiro de 2021 a 31 de dezembro de 2024”.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/316/projeto_de_lei_004.2020_subsidios_vereadores..pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/316/projeto_de_lei_004.2020_subsidios_vereadores..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 004, de 17 de agosto de 2020, que “Fixa o subsídio dos Vereadores da Câmara Municipal de Ronda Alta - RS para Legislatura de 2021/2024”.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Contas de Governo</t>
   </si>
   <si>
     <t>TCE-RS</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/308/contas_de_governo_ano_2017.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/308/contas_de_governo_ano_2017.pdf</t>
   </si>
   <si>
     <t>Contas de Governo do ano de 2017 de responsabilidade de  Miguel Angelo Gasparetto - Prefeito e Odemar Paulo Raimondi, Vice-Prefeito, Processo nº. 0046500200/17-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1050,68 +1050,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_001.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao__002.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/296/mensagem_retificativa_ao_projeto_de_lei_compleme_t1cjTG3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/319/pedido_de_informacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/294/projeto_de_complementar_001.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/305/projeto_de_lei__complementar_002.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_001.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_de_lei_002.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/277/projeto_de_lei_003.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_004.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_005.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/280/projeto_de_lei_006.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/281/projeto_de_lei_007.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/282/projeto_de_lei_008.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/283/projeto_de_lei_009.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/284/projeto_de_lei_010.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/285/projeto_de_lei_011.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/286/projeto_de_lei_012.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/287/projeto_de_lei_013.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/288/projeto_de_lei__014.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/289/projeto_de_lei_015.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/290/projeto_de_lei_016-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/293/projeto_de_lei_017.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/295/projeto_de_lei_018.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/297/projeto_de_lei_019.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/298/projeto_de_lei_020.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_021.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/303/projeto_de_lei_022.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_023.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_024.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/302/projeto_de_lei_025.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/304/projeto_de_lei_026.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/307/projeto_de_lei_027.2020__.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_de_lei_028.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_029.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_030.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_031.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_032.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/317/projeto_de_lei_033.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_034.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_035.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_036.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/322/projeto_de_lei_037.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_038.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_039.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_040.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_041.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de_lei_042.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/291/projeto_de_lei_do_legislativo_001.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_002.2020_subsidios_do_prefeito_de_vice-prefeito..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_003.2020_subsidio_secretarios..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/316/projeto_de_lei_004.2020_subsidios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/308/contas_de_governo_ano_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_001.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao__002.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/296/mensagem_retificativa_ao_projeto_de_lei_compleme_t1cjTG3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/319/pedido_de_informacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/294/projeto_de_complementar_001.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/305/projeto_de_lei__complementar_002.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_001.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_de_lei_002.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/277/projeto_de_lei_003.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_004.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_005.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/280/projeto_de_lei_006.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/281/projeto_de_lei_007.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/282/projeto_de_lei_008.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/283/projeto_de_lei_009.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/284/projeto_de_lei_010.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/285/projeto_de_lei_011.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/286/projeto_de_lei_012.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/287/projeto_de_lei_013.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/288/projeto_de_lei__014.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/289/projeto_de_lei_015.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/290/projeto_de_lei_016-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/293/projeto_de_lei_017.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/295/projeto_de_lei_018.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/297/projeto_de_lei_019.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/298/projeto_de_lei_020.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_021.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/303/projeto_de_lei_022.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_023.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_024.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/302/projeto_de_lei_025.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/304/projeto_de_lei_026.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/307/projeto_de_lei_027.2020__.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_de_lei_028.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_029.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_030.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_031.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_032.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/317/projeto_de_lei_033.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_034.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_035.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_036.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/322/projeto_de_lei_037.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_038.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_039.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_040.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_041.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de_lei_042.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/291/projeto_de_lei_do_legislativo_001.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_002.2020_subsidios_do_prefeito_de_vice-prefeito..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_003.2020_subsidio_secretarios..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/316/projeto_de_lei_004.2020_subsidios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2020/308/contas_de_governo_ano_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>