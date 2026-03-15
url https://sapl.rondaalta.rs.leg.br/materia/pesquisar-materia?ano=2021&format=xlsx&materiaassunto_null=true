--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -54,1012 +54,1012 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Juliano Rubens Perego</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_001-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_001-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Legislativo que, envie a essa Câmara Projeto de Lei sobre ampliação da licença maternidade das servidoras  e licença paternidade dos servidores públicos do Município de Ronda Alta.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vitor Roque Cavazini</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que,  estude a possibilidade de auxiliar no transporte dos trabalhadores para as indústrias instaladas no entorno da cidade, principalmente no Distrito industrial.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Silvanio Roque Lucca</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_003-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_003-2021.pdf</t>
   </si>
   <si>
     <t>Indicação de nº 003/2021-Indica ao Chefe do Poder Executivo que,  envie  a esta Casa Projeto de Lei prevendo compra de vacina Contra a Covid-19.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Lucimar Zanchet</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_004-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_004-2021.pdf</t>
   </si>
   <si>
     <t>Indicação nº 004/2021-Indica ao Chefe do Poder Executivo que, seja refeita a rótula de entrada bem como o Pórtico de Entrada do Balneário Passo da Entrada. Que sejam colocadas placas indicativas com os nomes e distância dos demais Balneários, bem como nas Rodovias Estaduais, indicando o nome das Comunidades e distância.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Bancada Oposição</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_005-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_005-2021.pdf</t>
   </si>
   <si>
     <t>Indicação de nº 005/2021 Indica ao Chefe do Poder Executivo que,  envie  a esta Casa Justificativa, para não vacinar as pessoas de grupo de risco, idosos, na sexta feia a tarde, ou final de semana, quando houver vacinas disponíveis.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sidnei Nayssinho</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_006-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_006-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que, envie à Agência de Correios e Telégrafos de Ronda Alta o mapa com os nomes das ruas do Loteamento Bem Viver I e II, localizado no Bairro Santa Helena, bem como indica que sejam colocadas placas com as mencionadas identificações, tendo em vista que tais ações são exigências EBCT para que haja a entrega das correspondências. Este mesmo pedido se estende as demais localidades que eventualmente estejam com dificuldades para que seus moradores possam receber correspondências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_007_-_2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_007_-_2021.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 007/2021 - Indico ao excelentíssimo Senhor Prefeito do município de Ronda Alta-RS, Sr. Marcos Miguel Beux, ao Excelentíssimo Senhor Secretário Municipal de Saúde, Sr. Paulo Fernandes, a disponibilização de vacina Pneumo 13, tendo foco os profissionais que atuam no enfrentamento do covid-19, pessoas imuno deficientes, idosos, grávidas, com o intuito de prevenção de doenças pneumológicas, e a vacina pneumo 23 (2ª dose) para pessoas com mais de 60 anos de idade e portadores de doenças crônicas.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_008_-_2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_008_-_2021.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2021 - DISPÕE SOBRE A CRIAÇÃO DE MEMORIAL EM HOMENAGEM ÀS VÍTIMAS DO NOVO CORONAVÍRUS EM RONDA ALTA NO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mauro</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_009_-_2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_009_-_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA MIGUEL BEUX.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_010-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_010-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que,  seja denominado o Ginásio localizado na Escola Municipal Alderi Facchi como: “Ginasio Municipal Professora Leni Lucia Gadini”.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>011- Indica ao Chefe do Poder Executivo que,  que encaminhe ao setor competente ordem de serviço para que seja demarcado o sistema de estacionamento na Rua Rio Branco, em frente a sede do Sindicato dos Trabalhadores Rurais de Ronda Alta.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem Retificativa</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/357/mensagem_retificativa_001.2021_ao_plo_009.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/357/mensagem_retificativa_001.2021_ao_plo_009.2021.pdf</t>
   </si>
   <si>
     <t>Mensagem 001/2021- Encaminhamos a esta Casa Legislativa Mensagem Retificativa ao Projeto de Lei nº. 009/2021, que Autoriza o município a realizar convênios com instituições financeiras e subsidiar juros de financiamentos no contexto das medidas para o enfrentamento econômico da pandemia do novo Coronavírus (Covid - 19), abre crédito especial e aponta recursos._x000D_
 As alterações propostas são pertinentes para estabelecer limites/teto nas taxas de juros das operações financeiras a serem efetivadas.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Plenário - PLE</t>
   </si>
   <si>
     <t>“Moção de apoio a Construção da Ponte sobre a Barragem do Rio Passo Fundo,  que liga O Município de Ronda Alta a Campinas do Sul, na ERS 211”.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Bancada Situação</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/343/mocao_lizane002.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/343/mocao_lizane002.pdf</t>
   </si>
   <si>
     <t>moção de aplauso e reconhecimento aos profissionais e saúde.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/348/mocao_003-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/348/mocao_003-2021.pdf</t>
   </si>
   <si>
     <t>Moção nº 03/2021  de Repúdio a PEC 280/2019, do Dep. Sergio Turra, que visa retirar a necessidade de autorização por Plebicito para privatização de empresas públicas e sociedades de economia mista de propriedade w/ou controle do Estado do Rio Grande do Sul.”</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_004-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_004-2021.pdf</t>
   </si>
   <si>
     <t>Moção 04/2021- Moção de Apoio ao PL2564/2020 que regulamenta o Piso Salarial para a Enfermagem e estabelece carga horária de 30h semanais para a categoria.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/381/mocao_005-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/381/mocao_005-2021.pdf</t>
   </si>
   <si>
     <t>005-Moção de Repúdio a PL 490/2007, do Dep. Homero Pereira, que visa alterar a Lei n° 6.001, de 19 de dezembro de 1973, que dispõe sobre o Estatuto do Índio.”</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/380/mocao_006-2021_trabalhadores_educacao_estadauis.odt</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/380/mocao_006-2021_trabalhadores_educacao_estadauis.odt</t>
   </si>
   <si>
     <t>006- Moção de apoio a reposição das perdas salariais dos trabalhadores e trabalhadoras  da rede estadual de educação.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/404/mocao_008-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/404/mocao_008-2021.pdf</t>
   </si>
   <si>
     <t>08-A Câmara Municipal de Vereadores, aprova    MOÇÃO DE APOIO  A CAMPANHA “REDE ZERO”</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/358/oficio_35_executivo_resposta_pedido_de_informacoes_001.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/358/oficio_35_executivo_resposta_pedido_de_informacoes_001.pdf</t>
   </si>
   <si>
     <t>Ofício de nº 35 com resposta ao pedido de informação de nº 001/2021.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/362/of._smed_05-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/362/of._smed_05-2021.pdf</t>
   </si>
   <si>
     <t>Oficio SMED. Nº 05/2021</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/364/210512225444.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/364/210512225444.pdf</t>
   </si>
   <si>
     <t>Ofício da Secretaria Municipal de Saúde referente ao monitoramento em gestão em saúde- MGS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/366/of._119_prefeito_resp._jacobs.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/366/of._119_prefeito_resp._jacobs.pdf</t>
   </si>
   <si>
     <t>Oficio 119/2021</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>Controle Externo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/374/of._01-2021_comissao_plano_carreira_servidores.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/374/of._01-2021_comissao_plano_carreira_servidores.pdf</t>
   </si>
   <si>
     <t>Indicação de Representantes na Comissão Elaboração , Adequação Plano de Carreira Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/377/of_gab._153.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/377/of_gab._153.pdf</t>
   </si>
   <si>
     <t>Resposta Pedido Informação 01/2021</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Ofício 0023/2021 -  requer esclarecimentos acerca do Projeto  de lei ordinária 018/2021</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/383/oficio_giovani_gasparetto.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/383/oficio_giovani_gasparetto.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE APOIO AO AO PROCESSO DE TOMBAMENTO DO "MONUMENTO EM HOMENAGEM AOS TRABALHADORES RURAIS SEM TERRA"</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/384/oficio_sms_no_2462021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/384/oficio_sms_no_2462021.pdf</t>
   </si>
   <si>
     <t>Oficio SMS 246/2021 Resposta Indicação 07/2021.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_tribuna_popular_apae.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_tribuna_popular_apae.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE ESPAÇO DURANTE A SESSÃO PARA TRATAR DE ASSUNTOS RELACIONADOS A  FUNDAÇÃO DA APAE</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/391/210817015616.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/391/210817015616.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 035/2021 - SMCT - ENTREGA DE TROFÉU DE MÉRITO FARROUPILHA.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/402/of._sms_no_3242021-_monitoramento_em_gestao_em_saude_-_mgs_referente_ao_2o_quadrimestre_de_2021..pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/402/of._sms_no_3242021-_monitoramento_em_gestao_em_saude_-_mgs_referente_ao_2o_quadrimestre_de_2021..pdf</t>
   </si>
   <si>
     <t>Of. SMS nº 324/2021 - Monitoramento em Gestão em Saúde - MGS referente ao 2º Quadrimestre de 2021</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>PED.</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/330/pedido_de_informacao_001-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/330/pedido_de_informacao_001-2021.pdf</t>
   </si>
   <si>
     <t>Solicita Informações sobre o pronunciamento radiofônico  do Prefeito Municipal no dia 06/02/2021, com relação ao estado das escolas municipais.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/367/pedido_de_informacao_002-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/367/pedido_de_informacao_002-2021.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO Nº002/2021- Solicita informação sobre aluguel de peças pela administração municipal.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/388/pedido_de_informacao_003-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/388/pedido_de_informacao_003-2021.pdf</t>
   </si>
   <si>
     <t>03- Pedido de Informação nº03-2021 - Solicita seja informado qual a situação dos projetos  de asfaltamento iniciados na gestão anterior e quais os planos de pavimentação urbana para os próximos anos.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>PROV</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/329/pedidos_de_providencias_001_e_002-2017.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/329/pedidos_de_providencias_001_e_002-2017.pdf</t>
   </si>
   <si>
     <t>Pedido de Providencias  001 de 09 de fevereiro de 2021, que solicita a RGE melhorias na rede de energia da Linha Bela Vista São Pedro no Município de Ronda Alta.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/370/002-2021_daer.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/370/002-2021_daer.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE PROVIDENCIA 02- DAER Colocar redutores de velocidade na ERS 324,Capitel Santo Antônio.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/331/plo_001.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/331/plo_001.2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 001, de 15 de fevereiro de 2021, que Autoriza  contratações  temporárias de Professores e dá outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_002.2021_abre_credito_especial_-_devolucao_inscricao_concurso.doc</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_002.2021_abre_credito_especial_-_devolucao_inscricao_concurso.doc</t>
   </si>
   <si>
     <t>PL 002.Abre crédito especial e aponta recursos no Orçamento Municipal.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/333/plo_003.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/333/plo_003.2021.pdf</t>
   </si>
   <si>
     <t>PLO nº 003.Autoriza a realização de despesas para conserto de viatura da Brigada Militar de Ronda Alta e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/334/plo_004.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/334/plo_004.2021.pdf</t>
   </si>
   <si>
     <t>PL 004 - Denomina Ruas do Distrito Industrial Eny Fiorentin.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/335/plo_005.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/335/plo_005.2021.pdf</t>
   </si>
   <si>
     <t>PL005-Autoriza o Poder Executivo a celebrar convênio com o município de Engenho Velho - RS,  visando à conservação dos trechos de esrada que especifica.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/338/plo_006.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/338/plo_006.2021.pdf</t>
   </si>
   <si>
     <t>PL006 - Abre crédito suplementar e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/339/plo_007.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/339/plo_007.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de  vacinas para o enfrentamento da pandemia da Covid-19.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/346/plo_008.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/346/plo_008.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar recursos ao Sindicato dos Trabalhadores Rurais de Ronda Alta - RS, para quitação de financiamento junto ao Badesul, tomado para construção de imóvel sobre terreno público, nos termos da Lei Municipal nº. 1.725, de 31 de dezembro de 2013 e contrato de concessão de direito real de uso de bem imóvel celebrado em 31 de dezembro de 2013; a incorporar a edificação ao patrimônio público; inclui programa no PPA, na LDO, abre crédito especial, aponta recursos no orçamento e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/355/plo_009.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/355/plo_009.2021.pdf</t>
   </si>
   <si>
     <t>Projeto de lei 009/2021 do Executivo Municipal - Autoriza o município a realizar convênios com instituições financeiras e subsidiar juros de financiamentos no contexto das medidas para o enfrentamento econômico da pandemia do novo Coronavírus (Covid - 19), abre crédito especial e aponta recursos.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/360/plo_010.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/360/plo_010.2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO Nº. 010, DE 30 DE ABRIL DE 2021 - Reestrutura o Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/361/plo_011.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/361/plo_011.2021.pdf</t>
   </si>
   <si>
     <t>PLO-011-Autoriza a concessão de patrocínio, na forma de apoio cultural, à Rádio Comunitária Sociedade  Comunitária Navegantes e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/363/plo_012.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/363/plo_012.2021.pdf</t>
   </si>
   <si>
     <t>PLO 012 -Cria perímetro urbano do loteamento Parque da Amizade e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/365/plo_013.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/365/plo_013.2021.pdf</t>
   </si>
   <si>
     <t>PLO-013 Abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/368/plo_014.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/368/plo_014.2021.pdf</t>
   </si>
   <si>
     <t>PLO 014- Inclui programas no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/369/plo_015.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/369/plo_015.2021.pdf</t>
   </si>
   <si>
     <t>PLO Nº. 015, 2021-Autoriza o Poder Executivo a celebrar parceria, na modalidade de termo de fomento, com a Associação Comercial, Industrial, de Serviços e Agropecuária de Ronda Alta - ACIRA e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/371/plo_016.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/371/plo_016.2021.pdf</t>
   </si>
   <si>
     <t>Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/372/plo_017.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/372/plo_017.2021.pdf</t>
   </si>
   <si>
     <t>Abre créditos suplementares e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/376/plo_018.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/376/plo_018.2021.pdf</t>
   </si>
   <si>
     <t>PLO 018- Abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/378/projeto_de_lei_019.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/378/projeto_de_lei_019.2021.pdf</t>
   </si>
   <si>
     <t>PLO-019 - Autoriza contratações de Agentes de Combate a Endemias em caráter temporário e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/379/plo_020.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/379/plo_020.2021.pdf</t>
   </si>
   <si>
     <t>PLO Nº. 020, DE 07 DE JULHO DE 2021. Altera a redação, renumera incisos e acrescenta §§ no art. 38 da Lei Municipal nº. 613, de 23 de setembro de 1992, que Institui o Código de Edificações do município de Ronda Alta - RS e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/385/plo_021.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/385/plo_021.2021.pdf</t>
   </si>
   <si>
     <t>PLO-021-Institui o regime de sobreaviso e fixa a remuneração do sobreaviso, para os servidores públicos municipais que exerçam funções de Enfermeiro, Biomédico e Bioquímico em serviço na área da saúde, durante a pandemia do Coronavírus e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_022.2021_completo.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_022.2021_completo.pdf</t>
   </si>
   <si>
     <t>PLO- 022- Dispõe sobre o Plano Plurianual para o quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/390/plo_023.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/390/plo_023.2021.pdf</t>
   </si>
   <si>
     <t>PLO- 023-Altera a redação do art. 43 da Lei nº. 2.036, de 16 de dezembro de 2020, que Institui a Nota Fiscal de Serviços Eletrônica e estabelece outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/392/plo_024.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/392/plo_024.2021.pdf</t>
   </si>
   <si>
     <t>PLO-024-Autoriza contratação emergencial e temporária de 01 (um) professor de matemática e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/393/plo_025.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/393/plo_025.2021.pdf</t>
   </si>
   <si>
     <t>PLO-025-“Estabelece o mínimo de três horas-aula de educação física nas escolas de educação básica”</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_026.2021_veiculo_fundeb.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_026.2021_veiculo_fundeb.pdf</t>
   </si>
   <si>
     <t>PLO-026-Abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/395/plo_027.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/395/plo_027.2021.pdf</t>
   </si>
   <si>
     <t>PLO- 027-Dispõe sobre a regularização de construções clandestinas e irregulares no município de Ronda Alta - RS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/396/plo_028.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/396/plo_028.2021.pdf</t>
   </si>
   <si>
     <t>PLO-028-Institui o Regime de Previdência Complementar no âmbito do município de Ronda Alta; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão ao plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/397/plo_029.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/397/plo_029.2021.pdf</t>
   </si>
   <si>
     <t>PLO- 029-Abre crédito suplementar e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/398/plo_030.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/398/plo_030.2021.pdf</t>
   </si>
   <si>
     <t>PLO-030-Abre créditos suplementares e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/399/plo_031.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/399/plo_031.2021.pdf</t>
   </si>
   <si>
     <t>PLO-031-Abre créditos suplementares e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/400/plo_032.2021__ldo__anexos.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/400/plo_032.2021__ldo__anexos.pdf</t>
   </si>
   <si>
     <t>PLO-032-Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/401/plo_033.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/401/plo_033.2021.pdf</t>
   </si>
   <si>
     <t>PLO-033-Autoriza a contratação emergencial e temporária de um (a) Nutricionista.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/405/plo_033.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/405/plo_033.2021.pdf</t>
   </si>
   <si>
     <t>PLO-34 Dispõe sobre a concessão de direito real de uso do terreno nº. 05, da Quadra 01, do Distrito Industrial José Novello, nos termos do que dispõe o art. 6º da Lei Municipal nº. 1.670, de 25 de abril de 2013.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/406/projeto_de_lei_035.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/406/projeto_de_lei_035.2021.pdf</t>
   </si>
   <si>
     <t>PLO-035 Abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/407/plo_036.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/407/plo_036.2021.pdf</t>
   </si>
   <si>
     <t>PLO- 036 Estabelece para o exercício de 2022, em caráter excepcional, por força dos efeitos da pandemia Covid - 19, o Índice Nacional de Preços ao Consumidor Amplo - IPCA, para correção dos valores dos tributos de competência do município de Ronda Alta - RS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/409/plo_037.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/409/plo_037.2021.pdf</t>
   </si>
   <si>
     <t>Cria perímetro urbano em área procedente de parte do lote rural nº 174, do Núcleo Agrícola Estadual da Fazenda Sarandi.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/410/plo_038.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/410/plo_038.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Município de Ronda Alta - RS para integrar e participar do Consórcio de Desenvolvimento dos Municípios do Norte do Rio Grande do Sul - COMUNORS, ratifica o Protocolo de Intenções firmado entre os municípios integrantes e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/411/plo_039.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/411/plo_039.2021.pdf</t>
   </si>
   <si>
     <t>Desafeta área verde e área institucional do Município para fins de permuta.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/412/plo_040.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/412/plo_040.2021.pdf</t>
   </si>
   <si>
     <t>PLO- 040 - Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/413/plo_041.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/413/plo_041.2021.pdf</t>
   </si>
   <si>
     <t>PLO- 041-Autoriza o Poder Executivo a firmar convênio com a Associação Hospitalar de Ronda Alta e Associação dos Trabalhadores de Ronda Alta - ATRA, proceder o repasse de recursos provenientes do Fundo Nacional de Saúde - FNS, inclui programa no PPA, na LDO, abre crédito especial e aponta recursos.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/416/plo_042.2021_com_anexos.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/416/plo_042.2021_com_anexos.pdf</t>
   </si>
   <si>
     <t>PLO- 042 - Estima a receita e fixa a despesa do município de Ronda Alta para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/356/pll001.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/356/pll001.2021.pdf</t>
   </si>
   <si>
     <t>PLL 001-202- Declara de utilidade pública a Associação Amigos de Santa Ana</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/415/pll002.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/415/pll002.2021.pdf</t>
   </si>
   <si>
     <t>Concede Título  Honorifico de cidadão Rondaltense</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/344/resolucao_001-2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/344/resolucao_001-2021.pdf</t>
   </si>
   <si>
     <t>‘Concede licença ao Vereador Mauro Tadeu Tonin’</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>‘Convoca o 1º suplente de vereador do  Partido dos Trabalhadores, senhora Carmem Teresinha Prates dos Santos’.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/414/plr03.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/414/plr03.2021.pdf</t>
   </si>
   <si>
     <t>PLR 03 - Altera redação  do Art. 4º do Regimento Interno da Câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_informacoes_covid.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_informacoes_covid.pdf</t>
   </si>
   <si>
     <t>Requerimento de informações referentes ao plano municipal de vacinação contra a covid-19.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento2_vacinacao_professores.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento2_vacinacao_professores.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois de ouvido o Plenário, na forma regimental, solicitar ao Executivo Municipal, para que, todos os profissionais da educação da rede pública, municipal e estadual, sejam incluídos no quadro de prioridades do plano de vacinação municipal. Entenda-se como profissionais da educação, além dos professores, os seguintes grupos: funcionários da limpeza, merendeiras, bibliotecários, zeladores, motoristas do transporte escolar, diretores e servidores da Secretaria Municipal de Educação. É de suma importância que se realize tal vacinação, antes do retorno às aulas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1366,68 +1366,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/357/mensagem_retificativa_001.2021_ao_plo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/343/mocao_lizane002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/348/mocao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/381/mocao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/380/mocao_006-2021_trabalhadores_educacao_estadauis.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/404/mocao_008-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/358/oficio_35_executivo_resposta_pedido_de_informacoes_001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/362/of._smed_05-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/364/210512225444.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/366/of._119_prefeito_resp._jacobs.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/374/of._01-2021_comissao_plano_carreira_servidores.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/377/of_gab._153.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/383/oficio_giovani_gasparetto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/384/oficio_sms_no_2462021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_tribuna_popular_apae.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/391/210817015616.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/402/of._sms_no_3242021-_monitoramento_em_gestao_em_saude_-_mgs_referente_ao_2o_quadrimestre_de_2021..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/330/pedido_de_informacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/367/pedido_de_informacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/388/pedido_de_informacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/329/pedidos_de_providencias_001_e_002-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/370/002-2021_daer.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/331/plo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_002.2021_abre_credito_especial_-_devolucao_inscricao_concurso.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/333/plo_003.2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/334/plo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/335/plo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/338/plo_006.2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/339/plo_007.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/346/plo_008.2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/355/plo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/360/plo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/361/plo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/363/plo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/365/plo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/368/plo_014.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/369/plo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/371/plo_016.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/372/plo_017.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/376/plo_018.2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/378/projeto_de_lei_019.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/379/plo_020.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/385/plo_021.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_022.2021_completo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/390/plo_023.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/392/plo_024.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/393/plo_025.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_026.2021_veiculo_fundeb.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/395/plo_027.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/396/plo_028.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/397/plo_029.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/398/plo_030.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/399/plo_031.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/400/plo_032.2021__ldo__anexos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/401/plo_033.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/405/plo_033.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/406/projeto_de_lei_035.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/407/plo_036.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/409/plo_037.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/410/plo_038.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/411/plo_039.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/412/plo_040.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/413/plo_041.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/416/plo_042.2021_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/356/pll001.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/415/pll002.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/344/resolucao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/414/plr03.2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_informacoes_covid.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento2_vacinacao_professores.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/357/mensagem_retificativa_001.2021_ao_plo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/343/mocao_lizane002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/348/mocao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/381/mocao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/380/mocao_006-2021_trabalhadores_educacao_estadauis.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/404/mocao_008-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/358/oficio_35_executivo_resposta_pedido_de_informacoes_001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/362/of._smed_05-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/364/210512225444.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/366/of._119_prefeito_resp._jacobs.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/374/of._01-2021_comissao_plano_carreira_servidores.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/377/of_gab._153.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/383/oficio_giovani_gasparetto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/384/oficio_sms_no_2462021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_tribuna_popular_apae.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/391/210817015616.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/402/of._sms_no_3242021-_monitoramento_em_gestao_em_saude_-_mgs_referente_ao_2o_quadrimestre_de_2021..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/330/pedido_de_informacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/367/pedido_de_informacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/388/pedido_de_informacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/329/pedidos_de_providencias_001_e_002-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/370/002-2021_daer.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/331/plo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_002.2021_abre_credito_especial_-_devolucao_inscricao_concurso.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/333/plo_003.2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/334/plo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/335/plo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/338/plo_006.2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/339/plo_007.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/346/plo_008.2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/355/plo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/360/plo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/361/plo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/363/plo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/365/plo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/368/plo_014.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/369/plo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/371/plo_016.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/372/plo_017.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/376/plo_018.2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/378/projeto_de_lei_019.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/379/plo_020.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/385/plo_021.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_022.2021_completo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/390/plo_023.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/392/plo_024.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/393/plo_025.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_026.2021_veiculo_fundeb.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/395/plo_027.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/396/plo_028.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/397/plo_029.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/398/plo_030.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/399/plo_031.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/400/plo_032.2021__ldo__anexos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/401/plo_033.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/405/plo_033.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/406/projeto_de_lei_035.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/407/plo_036.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/409/plo_037.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/410/plo_038.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/411/plo_039.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/412/plo_040.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/413/plo_041.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/416/plo_042.2021_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/356/pll001.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/415/pll002.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/344/resolucao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/414/plr03.2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_informacoes_covid.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento2_vacinacao_professores.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="174" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="173.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>