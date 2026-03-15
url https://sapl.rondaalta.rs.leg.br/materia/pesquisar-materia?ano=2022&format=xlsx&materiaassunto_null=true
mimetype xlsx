--- v0 (2025-10-17)
+++ v1 (2026-03-15)
@@ -54,906 +54,906 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Silvanio Roque Lucca</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_001-2022_-_redutores_de_velocidade.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_001-2022_-_redutores_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que, providencie a colocação de redutores de velocidade e sinalização na Rua João Goulart.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Bancada Oposição</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_002-2022_-_nome_do_plenario.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_002-2022_-_nome_do_plenario.pdf</t>
   </si>
   <si>
     <t>Indica ao Presidente do Legislativo e demais parlamentares que nomeiem o Plenário da Câmara Municipal de Vereadores Normando Baldissarella como PLENÁRIO LÓRIS ANTÔNIO PEREGO.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Juliano Rubens Perego</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_003-2022_-_revisao_geral_2020.2021_assinado.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_003-2022_-_revisao_geral_2020.2021_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo que realize o pagamento da revisão geral dos servidores públicos de Ronda Alta, referente aos anos de 2021 e 2021, a contar de 01/01/2022, considerando o fim da suspensão do direito, imposto pela Lei Complementar nº 173/2021.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_004-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_004-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo que edite projeto de lei para fornecer auxílio financeiro aos atletas do município.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_005-2022_-_estudantes_gaviolli.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_005-2022_-_estudantes_gaviolli.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo que tome providências quanto a melhoria dos serviços indicados pelos estudantes, e cidadãos rondaltenses, do segundo ano do Ensino Médio da Escola Estadual Alfredo Gaviolli.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Vitor Roque Cavazini</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo a criação da “Farmácia Solidária” onde pode acontecer o reaproveitamento de medicamentos doados pelos munícipes.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_007-2022_-_britagem_estrada_do_abatedouro_serafim..pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_007-2022_-_britagem_estrada_do_abatedouro_serafim..pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 007/22 - Indica ao chefe do Poder Executivo que realize a britagem na estrada geral entre o final da Avenida Presidente Vargas e o Abatedouro Serafim, localizado na Linha Dona Clara.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que sejam construídas duas paradas de ônibus, uma nas proximidades da oficina do Pablo Negrão e a outra no Bairro Esperança.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja disponibilizado local para as pessoas que esperam transporte da saúde, junto a Clínica Municipal possam fazer suas necessidades fisiológicas.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Lizane Graciolli Pandolfi</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_010-2022_-__indicacao_agosto_lilas_lizane.doc</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_010-2022_-__indicacao_agosto_lilas_lizane.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO 010/2022Indica ao chefe do Poder Executivo que regulamente a comunicação integrada entre os órgãos integrantes da Rede Municipal de Proteção à Mulher, bem como adicione ao Calendário Municipal de Eventos o Agosto Lilás: MÊS MUNICIPAL DE CONSCIENTIZAÇÃO E COMBATE À VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER E AO FEMINICÍDIO.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem Retificativa</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/438/mensagem_retificativa_pl_007-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/438/mensagem_retificativa_pl_007-2022.pdf</t>
   </si>
   <si>
     <t>Alteração do Projeto de Lei nº 007/2022, com correção da redação da justificativa do mesmo".</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Controle Externo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/432/manifesto_de_alerta_e_pedido_de_ajuda_-_rng.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/432/manifesto_de_alerta_e_pedido_de_ajuda_-_rng.pdf</t>
   </si>
   <si>
     <t>Manifesto de Alerta e Pedido de Ajuda da Reintegração do Norte Gaúcho.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/463/mocao_002-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/463/mocao_002-2022.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio ao Projeto de Lei Estadual nº 97/2022.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/468/mocao_003-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/468/mocao_003-2022.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AOS(ÀS) SERVIDORES(AS) PÚBLICOS(AS) ESTADUAIS INATIVOS(AS) E PENSIONISTAS DEVIDO AO DESCONTO PREVIDENCIÁRIO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>Bancada Situação</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_004-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_004-2022.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO SENADO FEDERAL, PARA QUE SEJA APROVADO COM URGÊNCIA O PROJETO DE LEI FEDERAL – 3723/2019 em tramitação no Senado federal.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/471/mocao_005_2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/471/mocao_005_2022.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Vereadores, propõe a presente MOÇÃO DE APLAUSOS E RECONHECIMENTO aos atletas e comissão envolvidos na Copa AMZOP/SESC 2022, pelo grandioso desempenho na competição.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_proposta_de_lei_patrimomio_cultural.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_proposta_de_lei_patrimomio_cultural.pdf</t>
   </si>
   <si>
     <t>Criação de uma proposta de Lei Municipal para Proteção de Patrimônio Histórico.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/418/oficio_ahra.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/418/oficio_ahra.pdf</t>
   </si>
   <si>
     <t>Ofício solicitando Prestação de Contas pormenorizada quanto aos recursos públicos recebidos pela Associação Hospitalar de Ronda Alta, decorrente da Pandemia da Covid - 19.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/419/oficio_ahra_solcitando_resposta_ao_oficio_34.2021.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/419/oficio_ahra_solcitando_resposta_ao_oficio_34.2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício de nº 034/2021</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Apresentação e aprovação dos documentos correspondentes ao Monitoramento em Gestão de Saúde - MGS referente ao 3º Quadrimestre de 2021, Programação Anual de Saúde 3º Quadrimestre 2021 e Relatório Anual de Gestão RAG 2021, para ciência da Casa Legislativa.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/430/oficio_smct.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/430/oficio_smct.pdf</t>
   </si>
   <si>
     <t>Solicitação de indicação de nome de um vereador titular e um suplente para integrar o Conselho Municipal de Turismo de Ronda Alta.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/439/oficio_de_gabinete_045-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/439/oficio_de_gabinete_045-2022.pdf</t>
   </si>
   <si>
     <t>Pedido de tramitação em caráter de urgência ao Projeto de Lei nº 006/2022.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/448/oficio_gabinete_065.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/448/oficio_gabinete_065.2022.pdf</t>
   </si>
   <si>
     <t>Ofício de Gabinete nº 065/2022 - Solicita retirada de tramitação do Projeto de Lei nº 016/2022.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/451/oficio_no_0152022_sec._educacao.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/451/oficio_no_0152022_sec._educacao.pdf</t>
   </si>
   <si>
     <t>Ofício nº 015/2022 da Secretaria Municipal de Educação em resposta ao Ofício nº 045/2022 do Legislativo Municipal.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/470/oficio_sms_no_192-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/470/oficio_sms_no_192-2022.pdf</t>
   </si>
   <si>
     <t>Apresentação e aprovação dos documentos correspondentes ao Monitoramento em Gestão de Saúde - MGS referente ao 1º Quadrimestre de 2022.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/476/oficio_gabinete_no_104-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/476/oficio_gabinete_no_104-2022.pdf</t>
   </si>
   <si>
     <t>Ofício informando quanto aos pagamentos de serviços contratados com a Associação Hospitalar de Ronda Alta - AHRA e Associação dos Trabalhadores de Ronda Alta - ATRA.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/487/220811213925.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/487/220811213925.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DE RETIFICAÇÃO DO PLO 032/2022.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/493/220825223309.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/493/220825223309.pdf</t>
   </si>
   <si>
     <t>Resposta ao ofício 069 - Contrato administrativo de cedência de direito real de uso de equipamento da patrulha agrícola.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>PED.</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/467/pedido_de_informacao.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/467/pedido_de_informacao.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à distribuição de energia elétrica da empresa RGE, considerando as constantes quedas de energia elétrica que estão ocorrendo em nosso Município.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_001.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_001.2022.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_002.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_002.2022.pdf</t>
   </si>
   <si>
     <t>Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_003.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_003.2022.pdf</t>
   </si>
   <si>
     <t>PLO 003/2022 - Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_004.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_004.2022.pdf</t>
   </si>
   <si>
     <t>PLO 004/2022 Inclui programa no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_005.2022.pdf.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_005.2022.pdf.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A., com a garantia da União e dá outras providências".</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_lei_006.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_lei_006.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE PROFESSORES.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_de_lei_no_007_reajuste_dos_servidodres.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_de_lei_no_007_reajuste_dos_servidodres.pdf</t>
   </si>
   <si>
     <t>Autoriza a conceder reajuste dos vencimentos,  salários e vale refeição dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_de_lei_008.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_de_lei_008.2022.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_de_lei_009.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_de_lei_009.2022.pdf</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_010.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_010.2022.pdf</t>
   </si>
   <si>
     <t>PLO Nº 010 - Abre créditos suplementares e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_011.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_011.2022.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_lei_012.2022.docx_3.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_lei_012.2022.docx_3.pdf</t>
   </si>
   <si>
     <t>Inclui programas no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/444/plo_013.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/444/plo_013.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza contratações por tempo determinado, para atender necessidade temporária de excepcional interesse público, de 14 (quatorze) Auxiliar de Docente e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/445/plo_014.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/445/plo_014.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação por tempo determinado, para atender necessidade temporária de excepcional interesse público, de 01 (um) Agente De Defesa Ambiental e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/446/plo_015.2022.pdf.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/446/plo_015.2022.pdf.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação por tempo determinado, para atender necessidade temporária de excepcional interesse público, de 01 (um) Agente de Combate a Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/447/plo_016.2022_digitalizado_1.pdf.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/447/plo_016.2022_digitalizado_1.pdf.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação emergencial e temporária de servidores para atuarem no CRAS, na forma do art. 37, IX, da Constituição Federal/88.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_017.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_017.2022.pdf</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_018.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_018.2022.pdf</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/452/projeto_de_lei_019.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/452/projeto_de_lei_019.2022.pdf</t>
   </si>
   <si>
     <t>PLO 019 - Autoriza o Município como participante e garantidor de operação de crédito a ser firmado pelo Consórcio Intermunicipal de Cooperação em Gestão Pública CONIGEPU junto ao BRDE - Banco Regional de Desenvolvimento do Extremo Sul, e dá outras providências</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_no_reajuste_estagiarios.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_no_reajuste_estagiarios.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do artigo 4º e acrescenta o § 4º ao mesmo artigo da Lei Municipal nº 1.579, de 23/02/2011 que dispõe sobre estágio de estudantes em órgãos da administração pública municipal.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_021.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_021.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de patrocínio, na forma de apoio cultural, à Rádio Comunitária Sociedade Comunitária Navegantes e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_022._2022_pdf.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_022._2022_pdf.pdf</t>
   </si>
   <si>
     <t>PLO 022/22 - Altera o artigo 8º da LEI MUNICIPAL Nº 564, de 27/09/1991 que dispõe sobre a política municipal dos direitos da criança e do adolescente.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_023.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_023.2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para revisão geral anual dos vencimentos e dos subsídios dos servidores do Município, inclusive do Prefeito, Vice-Prefeito, Vereadores e Secretários, proventos dos aposentados e das pensões.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_024._2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_024._2022.pdf</t>
   </si>
   <si>
     <t>PLO 024/22 - ESTABELECE PREÇOS DOS PRODUTOS E SERVIÇOS FORNECIDOS PELO MUNICÍPIO.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_025.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_025.2022.pdf</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei__026.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei__026.2022.pdf</t>
   </si>
   <si>
     <t>Altera as redações dos §§ 2º e 3º do artigo 13 da Lei nº 1.161, de 22 de novembro de 2001, para atualizar a taxa de administração do Regime Próprio de Previdência Social de Ronda Alta de acordo com a Portaria MPS nº 402, de 10 de dezembro de 2008, com redação dada pela Portaria SEPRT/ME nº 19.451, de 18 de agosto de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_027.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_027.2022.pdf</t>
   </si>
   <si>
     <t>Abre créditos suplementares e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_028.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_028.2022.pdf</t>
   </si>
   <si>
     <t>Inclui programa no PPA, na LDO, abre crédito especial e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_de_lei_029.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_de_lei_029.2022.pdf</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_030.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_030.2022.pdf</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/483/projeto_de_lei_031.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/483/projeto_de_lei_031.2022.pdf</t>
   </si>
   <si>
     <t>PL 031/2022. Inclui programas no PPA, na LDO, abre créditos especiais e aponta recursos no orçamento municipal.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_032.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_032.2022.pdf</t>
   </si>
   <si>
     <t>PLO 032/2022 - “ALTERA REDAÇÃO DO ART. 4º, DA LEI MUNICIPAL Nº 1.986 DE 27/11/2019 E ARTIGOS 7º E 9º DA LEI 1.901 DE 04/09/2017-INSTITUI A TURMA VOLANTE MUNICIPAL – TVM E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_033.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_033.2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº033/2022 - DISPOE SOBRE AUTORIZAÇÃO DE PERMISSÃO DE USO, “A TÍTULO PRECÁRIO”, DE EQUIPAMENTOS E MAQUINAS AGRICOLAS – “PATRULHA AGRICOLA MECANIZADA”, À COOPERATIVA DOS TRABALHADORES INDIGENAS DA SERRINHA, NO ATENDIMENTO DOS SERVIÇOS AGROPECUARIOS, DA RESERVA INDIGENA DO MUNICIPIO DE RONDA ALTA, RS, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_034.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_034.2022.pdf</t>
   </si>
   <si>
     <t>PLO 034. Acrescenta dispositivos à Lei nº 575, de 06 de janeiro de 1992, que dispõe sobre o Regime Jurídico dos Servidores Públicos do Munícipio, para dispor sobre o fracionamento de férias e licença-prêmio.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_035.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_035.2022.pdf</t>
   </si>
   <si>
     <t>PLO 035/2022 - Suspende o prazo de validade dos concursos públicos durante o período de 23/03/2020 à 31/12/2020.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_036.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_036.2022.pdf</t>
   </si>
   <si>
     <t>PLO 036/2022 - LDO - Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_de_lei_do_legislativo_001.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_de_lei_do_legislativo_001.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de reajuste a servidora pública do Poder Legislativo.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_do_legislativo_002.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_do_legislativo_002.2022.pdf</t>
   </si>
   <si>
     <t>Nomeia o plenário da Câmara Municipal de Vereadores Normando Baldissarella como “PLENÁRIO LORIS ANTONIO PEREGO”.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_do_legislativo_003.2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_do_legislativo_003.2022.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Assessor Técnico Legislativo, de Provimento em Comissão, no Quadro de Servidores da Câmara Municipal de Vereadores Normando Baldissarella.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_legislativa_no_004._2022_mulher.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_legislativa_no_004._2022_mulher.pdf</t>
   </si>
   <si>
     <t>PLL 04/2022 - INSTITUI O MÊS MUNICIPAL DE CONSCIENTIZAÇÃO E COMBATE À VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER E AO FEMINICÍDIO.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_resolucao_001-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_resolucao_001-2022.pdf</t>
   </si>
   <si>
     <t>"Altera redação do Art. 4º do Regimento Interno da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_resolucao_002-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_resolucao_002-2022.pdf</t>
   </si>
   <si>
     <t>Altera redação dos parágrafos 1º, 2º, 3º e 4º do artigo 1º, o artigo 2º, e o artigo 5º da Resolução nº 01, de 31 de dezembro de 2013.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_resolucao_003-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_resolucao_003-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 104-A e parágrafos ao Regimento Interno da Câmara Municipal de Vereadores de Ronda Alta - RS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_de_resolucao_004-2022.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_de_resolucao_004-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de Certificado Digital na Assinatura de Documentos Públicos na Forma Eletrônica no âmbito do Poder Legislativo e estabelece outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_resolucao_005-2022_assinado.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_resolucao_005-2022_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição de Comissão Especial prevista no artigo 79 e seguintes do Regimento Interno, considerando a propositura do Projeto de Resolução nº 003, de 29 de junho de 2022 que dispõe: Acrescenta o artigo 104-A e parágrafos ao Regimento Interno da Câmara Municipal de Vereadores de Ronda Alta – RS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_resolucao_006-2022.docx</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_resolucao_006-2022.docx</t>
   </si>
   <si>
     <t>PR 006/2022 - Dispõe sobre a criação da Medalha de Honra ao Mérito Desportivo e Educacional no âmbito da Câmara Municipal de Ronda Alta e dá outras providências.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_cosntituicao_de_comissao_especial.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_cosntituicao_de_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Requeiro aos Nobres Edis a constituição de Comissão Especial prevista no artigo 79 e seguintes do Regimento Interno, considerando a propositura do Projeto de Resolução nº 003, de 29 de junho de 2022 que dispõe: Acrescenta o artigo 104-A e parágrafos ao Regimento Interno da Câmara Municipal de Vereadores de Ronda Alta – RS.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Contas de Governo</t>
   </si>
   <si>
     <t>TCE-RS</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/462/contas_de_governo_2019.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/462/contas_de_governo_2019.pdf</t>
   </si>
   <si>
     <t>Contas de Governo - Miguel Angelo Gasparetto - ano 2019 - Processo nº 004062-0200/19-6</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/464/contas_de_governo_-_miguel_angelo_gasparetto_e_odemar_paulo_raimondo_-_2018.pdf</t>
+    <t>http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/464/contas_de_governo_-_miguel_angelo_gasparetto_e_odemar_paulo_raimondo_-_2018.pdf</t>
   </si>
   <si>
     <t>Contas de Governo - Miguel Angelo Gasparetto e Odemar Paulo Raimondi - ano 2018 - Processo nº 001519-0200/18-7.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1260,68 +1260,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_001-2022_-_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_002-2022_-_nome_do_plenario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_003-2022_-_revisao_geral_2020.2021_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_005-2022_-_estudantes_gaviolli.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_007-2022_-_britagem_estrada_do_abatedouro_serafim..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_010-2022_-__indicacao_agosto_lilas_lizane.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/438/mensagem_retificativa_pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/432/manifesto_de_alerta_e_pedido_de_ajuda_-_rng.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/463/mocao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/468/mocao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/471/mocao_005_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_proposta_de_lei_patrimomio_cultural.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/418/oficio_ahra.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/419/oficio_ahra_solcitando_resposta_ao_oficio_34.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/430/oficio_smct.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/439/oficio_de_gabinete_045-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/448/oficio_gabinete_065.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/451/oficio_no_0152022_sec._educacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/470/oficio_sms_no_192-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/476/oficio_gabinete_no_104-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/487/220811213925.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/493/220825223309.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/467/pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_001.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_002.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_003.2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_004.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_005.2022.pdf.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_lei_006.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_de_lei_no_007_reajuste_dos_servidodres.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_de_lei_008.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_de_lei_009.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_010.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_011.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_lei_012.2022.docx_3.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/444/plo_013.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/445/plo_014.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/446/plo_015.2022.pdf.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/447/plo_016.2022_digitalizado_1.pdf.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_017.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_018.2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/452/projeto_de_lei_019.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_no_reajuste_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_021.2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_022._2022_pdf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_023.2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_024._2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_025.2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei__026.2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_027.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_028.2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_de_lei_029.2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_030.2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/483/projeto_de_lei_031.2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_032.2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_033.2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_034.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_035.2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_036.2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_de_lei_do_legislativo_001.2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_do_legislativo_002.2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_do_legislativo_003.2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_legislativa_no_004._2022_mulher.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_resolucao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_de_resolucao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_resolucao_005-2022_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_resolucao_006-2022.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_cosntituicao_de_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/462/contas_de_governo_2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/464/contas_de_governo_-_miguel_angelo_gasparetto_e_odemar_paulo_raimondo_-_2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_001-2022_-_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_002-2022_-_nome_do_plenario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_003-2022_-_revisao_geral_2020.2021_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_005-2022_-_estudantes_gaviolli.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_007-2022_-_britagem_estrada_do_abatedouro_serafim..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_010-2022_-__indicacao_agosto_lilas_lizane.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/438/mensagem_retificativa_pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/432/manifesto_de_alerta_e_pedido_de_ajuda_-_rng.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/463/mocao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/468/mocao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/471/mocao_005_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_proposta_de_lei_patrimomio_cultural.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/418/oficio_ahra.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/419/oficio_ahra_solcitando_resposta_ao_oficio_34.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/430/oficio_smct.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/439/oficio_de_gabinete_045-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/448/oficio_gabinete_065.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/451/oficio_no_0152022_sec._educacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/470/oficio_sms_no_192-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/476/oficio_gabinete_no_104-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/487/220811213925.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/493/220825223309.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/467/pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_001.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_002.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_003.2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_004.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_005.2022.pdf.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_de_lei_006.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_de_lei_no_007_reajuste_dos_servidodres.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_de_lei_008.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_de_lei_009.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_lei_010.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_011.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_lei_012.2022.docx_3.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/444/plo_013.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/445/plo_014.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/446/plo_015.2022.pdf.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/447/plo_016.2022_digitalizado_1.pdf.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_de_lei_017.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_de_lei_018.2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/452/projeto_de_lei_019.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_de_lei_no_reajuste_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_021.2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_022._2022_pdf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_lei_023.2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_de_lei_024._2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_025.2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_de_lei__026.2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_027.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_028.2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_de_lei_029.2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_030.2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/483/projeto_de_lei_031.2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_032.2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_033.2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_034.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_035.2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_036.2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_de_lei_do_legislativo_001.2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_de_lei_do_legislativo_002.2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_do_legislativo_003.2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_legislativa_no_004._2022_mulher.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_de_resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_resolucao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_de_resolucao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_resolucao_005-2022_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_resolucao_006-2022.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_cosntituicao_de_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/462/contas_de_governo_2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rondaalta.rs.leg.br/media/sapl/public/materialegislativa/2022/464/contas_de_governo_-_miguel_angelo_gasparetto_e_odemar_paulo_raimondo_-_2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>